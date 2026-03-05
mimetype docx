--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -31,729 +31,765 @@
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC66EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Timing </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC66EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAFB7AB" w14:textId="634617E1" w:rsidR="009B3E30" w:rsidRPr="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
-[...22 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2CAFB7AB" w14:textId="63200CA5" w:rsidR="009B3E30" w:rsidRPr="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mardi 06/01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691E8819" w14:textId="40E7397A" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mardi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>: 09h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> -&gt; 10h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t> : Prise de c</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
         <w:t xml:space="preserve">onnaissance du cas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F0BF32" w14:textId="5E6D0DB3" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Quizz Kahoot avec Bonus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3668F2" w14:textId="4FBA11F0" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5E3668F2" w14:textId="34FF4AD9" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mardi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> -&gt; 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">h30 : </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t xml:space="preserve">Décision année 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF8B549" w14:textId="2A118709" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E994EF8" w14:textId="148457B6" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mardi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t xml:space="preserve">: 13h30 -&gt; 15h : Prise de décision 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426FC4FE" w14:textId="01221B77" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mardi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t xml:space="preserve">: 15h -&gt; 16h30 : Prise de décision 3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606F9E90" w14:textId="77777777" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE93BEF" w14:textId="1AD8CD9A" w:rsidR="009B3E30" w:rsidRPr="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mercredi 07/01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236EA35D" w14:textId="03EB1A26" w:rsidR="001A0189" w:rsidRPr="001A0189" w:rsidRDefault="001A0189" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0189">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mercredi : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0189">
+        <w:t>09h00 -&gt; 10h : Partie cours sur la VAN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2045BB7E" w14:textId="730687F4" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mercredi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>h00 -&gt; 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prise de décision 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0B71C1" w14:textId="218215AA" w:rsidR="009B3E30" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mercredi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> -&gt; 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2h</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0189">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prise de décision 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6062F015" w14:textId="4CA02B32" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00471886">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mercredi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>0 -&gt; 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30">
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prise de décision 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55455215" w14:textId="0D26BEEC" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00471886">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mercredi </w:t>
+      </w:r>
       <w:r w:rsidRPr="009B3E30">
-        <w:t xml:space="preserve">Lundi 16/06 : </w:t>
-[...2 lines deleted...]
-        <w:t>11h</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>15h0</w:t>
       </w:r>
       <w:r w:rsidRPr="009B3E30">
-        <w:t xml:space="preserve"> -&gt; 1</w:t>
-[...98 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>0 -&gt; 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009B3E30">
         <w:t>h</w:t>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
-[...48 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">30 </w:t>
       </w:r>
       <w:r w:rsidRPr="009B3E30">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
-        <w:t>Consolidation tableau de bord</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Prise de décision 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8A5D3E" w14:textId="4EA141E6" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00471886">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:ind w:left="1416" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>-------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5F53BC" w14:textId="7ECE953A" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
-[...4 lines deleted...]
-        <w:t>Mardi</w:t>
+    <w:p w14:paraId="591F3F50" w14:textId="7E65FC1D" w:rsidR="009B3E30" w:rsidRPr="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jeudi</w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 08/01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECCB64F" w14:textId="659FA7F0" w:rsidR="009B3E30" w:rsidRDefault="00CC66EF" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Jeudi</w:t>
       </w:r>
       <w:r w:rsidRPr="009B3E30">
-        <w:t xml:space="preserve"> 1</w:t>
-[...119 lines deleted...]
-        <w:t>/06 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="009B3E30">
-        <w:t>10</w:t>
+      <w:r w:rsidR="00471886">
+        <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="009B3E30">
+      <w:r w:rsidR="00471886">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
         <w:t>0 -&gt; 1</w:t>
       </w:r>
-      <w:r w:rsidR="009B3E30">
-[...38 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00471886">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="002D264C">
+      <w:r w:rsidR="00471886">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
-        <w:t xml:space="preserve">0 </w:t>
+        <w:t xml:space="preserve">0 : </w:t>
       </w:r>
       <w:r w:rsidR="009B3E30">
-        <w:t xml:space="preserve">-&gt; </w:t>
-[...17 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Décision </w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7AAACD" w14:textId="6030E8D7" w:rsidR="009B3E30" w:rsidRDefault="00CC66EF" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Jeudi</w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:t>15h00</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve"> -&gt; </w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:t xml:space="preserve">17h00 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3E30" w:rsidRPr="009B3E30">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00471886">
+        <w:t>Préparation Orale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507F4B61" w14:textId="77777777" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128D4F45" w14:textId="77777777" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60364E93" w14:textId="14BE85EB" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00471886">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vendredi 09/01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A28D8C1" w14:textId="23849FE1" w:rsidR="00471886" w:rsidRPr="00471886" w:rsidRDefault="00471886" w:rsidP="00471886">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vendredi 14h00 -&gt; 16h : Oraux</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E39EF2" w14:textId="77777777" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="716209CF" w14:textId="77777777" w:rsidR="009B3E30" w:rsidRDefault="009B3E30" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="631033D0" w14:textId="77777777" w:rsidR="00CC66EF" w:rsidRDefault="00CC66EF" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21412397" w14:textId="08BDC5D8" w:rsidR="009B3E30" w:rsidRPr="00CC66EF" w:rsidRDefault="00CC66EF" w:rsidP="00CC66EF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC66EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluation: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3776A337" w14:textId="28CB3914" w:rsidR="00CC66EF" w:rsidRPr="00CC66EF" w:rsidRDefault="00CC66EF" w:rsidP="00CC66EF">
+    <w:p w14:paraId="3776A337" w14:textId="26927214" w:rsidR="00CC66EF" w:rsidRPr="00CC66EF" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC66EF">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>33 % issu du jeu</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="80"/>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC66EF" w:rsidRPr="00CC66EF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CC66EF">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % issu du jeu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552E8CD2" w14:textId="17468760" w:rsidR="000C1D57" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>33 % issu de votre tableau de bord consolidé</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CC66EF">
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC66EF" w:rsidRPr="00CC66EF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>33 % issu de votre oral</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42C728D6" w14:textId="6C1B3CF2" w:rsidR="00FE783C" w:rsidRDefault="00FE783C" w:rsidP="00CC66EF">
+        <w:t xml:space="preserve"> % issu de votre oral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090139BA" w14:textId="77777777" w:rsidR="000F70C9" w:rsidRDefault="000F70C9" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="42422E05" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="00CC66EF">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">+/- </w:t>
-[...25 lines deleted...]
-    <w:p w14:paraId="42422E05" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="00CC66EF">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C821343" w14:textId="77777777" w:rsidR="00471886" w:rsidRDefault="00471886" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F7EFB43" w14:textId="3D1C70DE" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Pour se connecter sur la plateforme </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Pour se connecter sur la plateforme  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29901C7F" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="00CC66EF">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="048A147A" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Le business game se déroule en ligne et voici les instructions pour accéder à votre compte individuel :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40402EDD" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. Se connecter sur: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="000C1D57">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://sim.cesim.com/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7952A401" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
+    <w:p w14:paraId="7952A401" w14:textId="2B4968B4" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">2. Demander votre mot de passe personnel en cliquant sur: « </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mot de passe oublié ?</w:t>
       </w:r>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> » (utilisez votre adresse email),</w:t>
+        <w:t xml:space="preserve"> » (utilisez votre adresse email</w:t>
+      </w:r>
+      <w:r w:rsidR="000F70C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> universitaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D57">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726AC4C1" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>3. Consulter votre boite mail (ainsi que votre boite spam) et cliquez sur le lien dans le corps de l’email envoyé par Cesim,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="050B0CD7" w14:textId="77777777" w:rsidR="000C1D57" w:rsidRPr="000C1D57" w:rsidRDefault="000C1D57" w:rsidP="000C1D57">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="000C1D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>4. Suivre le processus et choisissez votre mot de passe personnel,</w:t>
       </w:r>
@@ -1187,60 +1223,65 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1925072534">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B3E30"/>
     <w:rsid w:val="000C1D57"/>
+    <w:rsid w:val="000F70C9"/>
+    <w:rsid w:val="001A0189"/>
     <w:rsid w:val="001B6FCA"/>
     <w:rsid w:val="001F538C"/>
     <w:rsid w:val="002A2827"/>
     <w:rsid w:val="002D264C"/>
     <w:rsid w:val="00355C33"/>
+    <w:rsid w:val="00471886"/>
     <w:rsid w:val="00503F6F"/>
     <w:rsid w:val="00507301"/>
     <w:rsid w:val="00926AA0"/>
     <w:rsid w:val="009B3E30"/>
+    <w:rsid w:val="009D3C1F"/>
     <w:rsid w:val="00CC66EF"/>
+    <w:rsid w:val="00F22049"/>
     <w:rsid w:val="00F23525"/>
     <w:rsid w:val="00FE783C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1832,50 +1873,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009B3E30"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
@@ -2510,69 +2552,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>269</Words>
-  <Characters>1480</Characters>
+  <Words>238</Words>
+  <Characters>1310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universite De Montpellier</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1746</CharactersWithSpaces>
+  <CharactersWithSpaces>1545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guillaume Dumas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>